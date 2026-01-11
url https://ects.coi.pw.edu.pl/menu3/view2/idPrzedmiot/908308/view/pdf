--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zakresu wiedzy zawartej w prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>