--- v1 (2026-01-11)
+++ v2 (2026-02-08)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zakresu wiedzy zawartej w prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-5010_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie pozyskać informacje na temat systemu informatycznego dla wybranego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>