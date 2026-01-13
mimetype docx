--- v0 (2025-10-06)
+++ v1 (2026-01-13)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U11, K_U16, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K1: </w:t>
       </w:r>
     </w:p>
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za efekty własnej pracy, rozumie potrzebę dostosowania sposobu wykonywania pracy do działań zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>