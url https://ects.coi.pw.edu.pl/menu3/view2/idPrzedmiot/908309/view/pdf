--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za efekty własnej pracy, rozumie potrzebę dostosowania sposobu wykonywania pracy do działań zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość integrującej roli, jaką pełni absolwent kierunku Geoinformatyka w zadaniach, których uczestnikami są inżynierowie geodezji, kartografowie, informatycy oraz specjaliści innych branż.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>