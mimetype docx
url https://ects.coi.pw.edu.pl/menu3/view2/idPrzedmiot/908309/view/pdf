--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K06, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość integrującej roli, jaką pełni absolwent kierunku Geoinformatyka w zadaniach, których uczestnikami są inżynierowie geodezji, kartografowie, informatycy oraz specjaliści innych branż.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>