--- v0 (2025-10-06)
+++ v1 (2025-12-29)
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">bieżąca ocena realizacji projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U11, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dostosować przygotowany projekt do wydruku oraz wyeksportować przygotowany projekt do różnych formatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>