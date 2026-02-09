--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -1343,51 +1343,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy bieżącej przy realizacji projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1564,67 +1564,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę dalszego kształcenia i zdobywania umiejętności z zakresu grafiki inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>