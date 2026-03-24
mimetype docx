--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -811,67 +811,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, kolokwium, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03</w:t>
+        <w:t xml:space="preserve">K1_W03, K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do wyznaczania wybranych właściwości fizykochemicznych, badania równowag fazowych i chemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1267,51 +1267,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo reaguje na problemy związane z pracą inżyniera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>