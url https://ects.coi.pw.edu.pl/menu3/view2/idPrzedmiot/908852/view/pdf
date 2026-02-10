--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -1076,271 +1076,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować i opisywać operacje w ciągach technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i opisywać operacje w ciągach technologicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi pracować samodzielnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
+        <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pracować samodzielnie i w grupie.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę dokształcania się i podnoszenia swoich kompetencji zawodowych i osobistych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U17</w:t>
+        <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">