--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi interpretować i opisywać operacje w ciągach technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>