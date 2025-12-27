--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -788,51 +788,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną wyznaczania wybranych właściwości fizykochemicznych, badania równowag fazowych oraz wykorzystania podstawowych zasad termodynamiki w układach zamkniętych i otwartych do bilansowania masy i energii oraz badania sprawności obiegów termodynamicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętności w tworzeniu relacji międzyludzkich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>