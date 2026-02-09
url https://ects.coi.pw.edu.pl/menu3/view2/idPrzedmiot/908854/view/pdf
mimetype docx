--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1008,51 +1008,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić badania i analizować uzyskane wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętności w tworzeniu relacji międzyludzkich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>