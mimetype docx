--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1378,51 +1378,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystuje odpowiednie narzędzia, technologie i strategie w celu zorganizowania, integracji i prezentowania informacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>