--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -1238,191 +1238,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Syntetyzuje pozyskane informacje i potrafi zastosować je do rozwiązywania złożonych problemów, w celu tworzenia nowych zagadnień, hipotez i rozwiązań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Syntetyzuje pozyskane informacje i potrafi zastosować je do rozwiązywania złożonych problemów, w celu tworzenia nowych zagadnień, hipotez i rozwiązań.</w:t>
+        <w:t xml:space="preserve">Potrafi właściwie ocenić i wyselekcjonować pozyskane rezultaty wyszukiwania oraz zastosować je, zgodnie z regulacjami prawa autorskiego, w swojej własnej pracy naukowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystuje odpowiednie narzędzia, technologie i strategie w celu zorganizowania, integracji i prezentowania informacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>