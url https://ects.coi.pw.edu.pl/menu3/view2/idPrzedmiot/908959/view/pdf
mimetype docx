--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -1003,51 +1003,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U17, K2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić strategię prowadzenia procesów przetwarzania farmaceutyków w celu osiągnięcia pożądanych form końcowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>