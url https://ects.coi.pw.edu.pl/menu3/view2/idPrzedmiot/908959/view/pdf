--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U17, K2_U18</w:t>
+        <w:t xml:space="preserve">K2_U18, K2_U05, K2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić strategię prowadzenia procesów przetwarzania farmaceutyków w celu osiągnięcia pożądanych form końcowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>