--- v2 (2026-01-16)
+++ v3 (2026-02-08)
@@ -853,51 +853,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą metod opisu matematycznego procesów wytwarzania farmaceutyków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -987,51 +987,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U18, K2_U05, K2_U17</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U17, K2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>