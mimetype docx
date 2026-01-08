--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -951,51 +951,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U06, K2_U08, K2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma doświadczenie związane z pracą zespołową. Umie zaprezentować wyniki obliczeń i analiz oraz je zhierarchizować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>