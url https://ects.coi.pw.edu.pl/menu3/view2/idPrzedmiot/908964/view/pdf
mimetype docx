--- v1 (2026-01-08)
+++ v2 (2026-02-08)
@@ -935,67 +935,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U13</w:t>
+        <w:t xml:space="preserve">K2_U13, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma doświadczenie związane z pracą zespołową. Umie zaprezentować wyniki obliczeń i analiz oraz je zhierarchizować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>