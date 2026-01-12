--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01, K2_U02, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności nanomateriałów i nanostruktur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>