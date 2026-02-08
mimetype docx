--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -803,357 +803,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W02, K2_W09, K2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody charakterystyki budowy nanomateriałów i nanostruktur oraz właściwości fizyko-chemicznych otrzymanych materiałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie, dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody charakterystyki budowy nanomateriałów i nanostruktur oraz właściwości fizyko-chemicznych otrzymanych materiałów.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności korzystania z danych literaturowych i internetowych w celu samodzielnego rozwiązywania zadanych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie, dyskusja</w:t>
+        <w:t xml:space="preserve">dyskusja, sprawdzian ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności korzystania z danych literaturowych i internetowych w celu samodzielnego rozwiązywania zadanych problemów.</w:t>
+        <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności nanomateriałów i nanostruktur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">dyskusja, sprawdzian ustny</w:t>
+        <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U04, K2_U05, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, P7U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności nanomateriałów i nanostruktur.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować i przedyskutować sprawozdanie z otrzymanych wyników badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie</w:t>
+        <w:t xml:space="preserve">sprawozdanie, dyskusja, sprawdzian ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U04, K2_U05, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U10, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>