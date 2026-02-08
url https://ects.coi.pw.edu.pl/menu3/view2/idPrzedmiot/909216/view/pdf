--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -737,271 +737,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05, IM2_W09</w:t>
+        <w:t xml:space="preserve">IM2_W09, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie mechanizmy tworzenia się warstw powierzchniowych w nowoczesnych obróbkach inżynierii powierzchni. Ma wiedzę z zakresu zjawiska rozpylania katodowego, reakcji chemicznych zachodzących w niskotemperaturowej plaźmie, wpływie defektów struktury na procesy dyfuzujne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium końcowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W03, IM2_W05, IM2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie mechanizmy tworzenia się warstw powierzchniowych w nowoczesnych obróbkach inżynierii powierzchni. Ma wiedzę z zakresu zjawiska rozpylania katodowego, reakcji chemicznych zachodzących w niskotemperaturowej plaźmie, wpływie defektów struktury na procesy dyfuzujne</w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu oraz przeprowadzonej analizy fachowej literatury student potrafi wskazać zjawiska warunkujące tworzenie się warstw powierzchniowych o określonej mikrostrukturze, składzie fazowym i chemicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W03, IM2_W05, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu oraz przeprowadzonej analizy fachowej literatury student potrafi wskazać zjawiska warunkujące tworzenie się warstw powierzchniowych o określonej mikrostrukturze, składzie fazowym i chemicznym</w:t>
+        <w:t xml:space="preserve">Zna mechanizmy tworzenia się warstw powierzchniowych i nowoczesnych metod inżynierii powierzchni. Potrafi poprzez dobór warunków procesu kontrolować przebieg zjawisk warunkujących tworzenie się warstw powierzchniowych i ich właściwości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IM2_U16, IM2_U13</w:t>
+        <w:t xml:space="preserve">IM2_U13, IM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>