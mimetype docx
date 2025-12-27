--- v0 (2025-10-10)
+++ v1 (2025-12-27)
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U10</w:t>
+        <w:t xml:space="preserve">IM2_U05, IM2_U10, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu lub przeprowadzonej samodzielnie analizy fachowej literatury student potrafi powiązać metodę wytwarzania stopów amorficznych i nanokrystalicznych z ich właściwościami i zastosowaniami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>