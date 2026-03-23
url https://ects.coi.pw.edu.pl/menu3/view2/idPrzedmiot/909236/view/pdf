--- v1 (2025-12-27)
+++ v2 (2026-03-23)
@@ -821,201 +821,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAN_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości i zastosowania materiałów amorficznycjh i nanokrystalicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MAN_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAN_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna właściwości i zastosowania materiałów amorficznycjh i nanokrystalicznych</w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu lub przeprowadzonej samodzielnie analizy fachowej literatury student potrafi scharakteryzować techniki wytwarzania stopów amorficznych i nanokrystalicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu lub przeprowadzonej samodzielnie analizy fachowej literatury student potrafi powiązać metodę wytwarzania stopów amorficznych i nanokrystalicznych z ich właściwościami i zastosowaniami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>