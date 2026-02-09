--- v1 (2025-11-02)
+++ v2 (2026-02-09)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aparat matematyczny i metody niezbędne dla rozwiązywania problemów dotyczących struktury i właściwości defektów oraz oddziaływania między defektami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -978,51 +978,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_U09, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>