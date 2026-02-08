--- v0 (2025-10-05)
+++ v1 (2026-02-08)
@@ -757,144 +757,144 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Z2_WG4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna i rozumie w pogłębionym stopniu zagadnienia z zakresu integracji i optymalizacji procesów biznesowych, w tym  metod optymalizacyjnych stosowanych w zarządzaniu 
-[...70 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Absolwent ma pogłębioną wiedzę z zakresu zarządzania, w szczególności podejścia procesowego, w tym projektowania/ modelowania procesów biznesowych we współczesnych organizacjach w warunkach globalnej gospodarki cyfrowej
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład -  aktywność i zaangażowanie studenta, sprawdzian w formie pisemnej (test wiedzy - pytania otwarte i zamknięte)
 Projekt - zaliczenie projektu, realizowanego w etapach
 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Z2_WG4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie w pogłębionym stopniu zagadnienia z zakresu integracji i optymalizacji procesów biznesowych, w tym  metod optymalizacyjnych stosowanych w zarządzaniu 
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład -  aktywność i zaangażowanie studenta, sprawdzian w formie pisemnej (test wiedzy - pytania otwarte i zamknięte)
+Projekt - zaliczenie projektu, realizowanego w etapach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>