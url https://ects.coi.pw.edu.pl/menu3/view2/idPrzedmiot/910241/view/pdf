--- v0 (2026-01-11)
+++ v1 (2026-01-13)
@@ -1035,447 +1035,797 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W06</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1494,512 +1844,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U12</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>