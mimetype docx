--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -1035,50 +1035,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1134,58 +1204,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.				</w:t>
+        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1245,237 +1315,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W06</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1535,87 +1675,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1634,372 +1914,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U20</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>