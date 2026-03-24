--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -1745,261 +1745,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>