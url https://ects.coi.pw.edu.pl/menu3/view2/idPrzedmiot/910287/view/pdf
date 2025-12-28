--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -906,87 +906,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS130A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Student ma podstawową wiedzę na temat różnych form prowadzenia działalności gospodarczej oraz umów gospodarczych.																															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS130A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS130A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Student ma podstawową wiedzę na temat różnych form prowadzenia działalności gospodarczej oraz umów gospodarczych.																															</w:t>
+        <w:t xml:space="preserve">														Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1046,271 +1116,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W20</w:t>
+        <w:t xml:space="preserve">LiK1_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS130A_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS130A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego.																												</w:t>
+        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa.																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W22</w:t>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS130A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa.																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>