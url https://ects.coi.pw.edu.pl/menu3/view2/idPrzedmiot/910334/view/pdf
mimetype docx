--- v1 (2025-12-28)
+++ v2 (2026-03-22)
@@ -1535,50 +1535,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1634,128 +1704,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1774,58 +2054,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1844,58 +2124,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1914,58 +2194,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1976,460 +2256,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
+        <w:t xml:space="preserve">LiK1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki  w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.			</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U12</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_K02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>