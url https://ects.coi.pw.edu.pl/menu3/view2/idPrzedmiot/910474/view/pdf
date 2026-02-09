--- v0 (2025-10-06)
+++ v1 (2026-02-09)
@@ -1198,121 +1198,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie poszerzać wiedzę o zagadnieniach fizyki współczesnej i technologii w oparciu o studium literaturowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1338,271 +1408,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie poszerzać wiedzę o zagadnieniach fizyki współczesnej i technologii w oparciu o studium literaturowe.</w:t>
+        <w:t xml:space="preserve">Rozumie postęp w zakresie nauk technicznych, w tym: fizyki kwantowej i technologii i widzi związek z rozwojem społecznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin, dyskusja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW126_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie postęp w zakresie nauk technicznych, w tym: fizyki kwantowej i technologii i widzi związek z rozwojem społecznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, dyskusja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>