--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -1488,121 +1488,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, dyskusja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie postęp w zakresie nauk technicznych, w tym: fizyki kwantowej i technologii i widzi związek z rozwojem społecznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, dyskusja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>