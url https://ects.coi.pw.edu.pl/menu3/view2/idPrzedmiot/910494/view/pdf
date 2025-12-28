--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -756,50 +756,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie podstawy fizyczne działania nowoczesnych urządzeń i systemów energetyki budynku, w tym: technologii wykorzystujących energię odnawialną i odpadową stosowanych do produkcji ciepła, chłodu i energii elektrycznej z uwzględnieniem technologii zintegrowanych z obudową budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie podstawy fizyczne działania nowoczesnych urządzeń i systemów energetyki budynku, w tym: technologii wykorzystujących energię odnawialną i odpadową stosowanych do produkcji ciepła, chłodu i energii elektrycznej z uwzględnieniem technologii zintegrowanych z obudową budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1345,128 +1485,548 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie podstawy fizyczne działania nowoczesnych urządzeń i systemów energetyki budynku, w tym: technologii wykorzystujących energię odnawialną i odpadową stosowanych do produkcji ciepła, chłodu i energii elektrycznej z uwzględnieniem technologii zintegrowanych z obudową budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie podstawy fizyczne działania nowoczesnych urządzeń i systemów energetyki budynku, w tym: technologii wykorzystujących energię odnawialną i odpadową stosowanych do produkcji ciepła, chłodu i energii elektrycznej z uwzględnieniem technologii zintegrowanych z obudową budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1695,128 +2255,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1835,58 +2535,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1905,4814 +2605,4114 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W20</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W24</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student zna i rozumie niekonwencjonalne metody pozyskiwania, magazynowania i wykorzystania energii, w tym: rozwiązania zintegrowane ze strukturą budynku.</w:t>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W24</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...3718 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS553A_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nabiera wiary w swoją wiedzę i jej rangę w pracy zespołowej, szczególnie przy wdrażaniu innowacyjnych rozwiązań i technologii.</w:t>
       </w:r>
@@ -7146,50 +7146,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ML.NS553A_K1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Ocena projektu koncepcji energetycznej blisko-zeroenergetycznego budynku. : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi pracować w zespole, podejmować odpowiedzialność za swoją i wspólną pracę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS553A_K1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Ocena projektu koncepcji energetycznej blisko-zeroenergetycznego budynku. : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi pracować w zespole, podejmować odpowiedzialność za swoją i wspólną pracę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS553A_K1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Ocena projektu koncepcji energetycznej blisko-zeroenergetycznego budynku. : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi pracować w zespole, podejmować odpowiedzialność za swoją i wspólną pracę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS553A_K1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -7217,260 +7427,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ML.NS553A_K1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K02</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>