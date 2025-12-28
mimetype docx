--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -887,157 +887,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1056,58 +1196,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1118,216 +1258,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe typowych zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W01</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe typowych zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe typowych zmiennych losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia granicznych w modelowaniu błędów pomiarów i w opisie zjawisk losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1346,58 +1486,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe typowych zmiennych losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia granicznych w modelowaniu błędów pomiarów i w opisie zjawisk losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1416,58 +1556,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia granicznych w modelowaniu błędów pomiarów i w opisie zjawisk losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1486,232 +1626,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia granicznych w modelowaniu błędów pomiarów i w opisie zjawisk losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>