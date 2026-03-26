--- v2 (2026-02-09)
+++ v3 (2026-03-26)
@@ -747,121 +747,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>