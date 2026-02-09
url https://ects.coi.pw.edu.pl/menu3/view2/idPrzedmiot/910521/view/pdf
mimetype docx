--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -1314,50 +1314,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1525,260 +1735,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>