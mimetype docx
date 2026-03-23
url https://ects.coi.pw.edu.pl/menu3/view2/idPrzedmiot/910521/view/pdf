--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -954,831 +954,831 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NK443_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia systemu energetycznego i jego roli w gospodarce narodowej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NK443_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zagadnienia systemu energetycznego i jego roli w gospodarce narodowej. </w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U14</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK443_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK443_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczyć najważniejsze parametry systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć odpowiednie ograniczenia wynikające z norm i regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, ocena pracy studenta na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>