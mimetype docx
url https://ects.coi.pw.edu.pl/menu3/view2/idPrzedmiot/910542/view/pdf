--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -1464,50 +1464,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1563,286 +1843,216 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1884,51 +2094,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1954,51 +2164,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2024,51 +2234,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2094,288 +2304,288 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -2384,50 +2594,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2483,478 +2763,618 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U22</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2973,58 +3393,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3043,58 +3463,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3113,58 +3533,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3183,512 +3603,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
-[...278 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3714,191 +3854,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>