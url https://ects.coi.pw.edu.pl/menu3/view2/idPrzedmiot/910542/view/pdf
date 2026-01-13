--- v1 (2025-12-28)
+++ v2 (2026-01-13)
@@ -1184,157 +1184,857 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1353,58 +2053,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1423,426 +2123,146 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
-[...374 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1884,901 +2304,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>