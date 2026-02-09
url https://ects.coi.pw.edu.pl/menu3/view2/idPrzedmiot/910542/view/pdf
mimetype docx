--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1184,50 +1184,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1283,566 +1423,846 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...403 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1884,517 +2304,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej  budynków i osiedli.														</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2413,338 +2833,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U22</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.													</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2763,862 +3183,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U17</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U28</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U29</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.										</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U24</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>