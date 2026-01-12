--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -881,87 +881,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1021,87 +1091,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
+        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1120,58 +1260,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1190,58 +1330,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1260,302 +1400,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>