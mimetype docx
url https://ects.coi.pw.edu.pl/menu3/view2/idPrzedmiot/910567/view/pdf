--- v2 (2026-01-14)
+++ v3 (2026-02-08)
@@ -1301,121 +1301,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>