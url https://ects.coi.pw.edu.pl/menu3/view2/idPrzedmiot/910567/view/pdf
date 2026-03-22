--- v3 (2026-02-08)
+++ v4 (2026-03-22)
@@ -1301,87 +1301,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1441,87 +1511,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1532,460 +1672,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
+        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>