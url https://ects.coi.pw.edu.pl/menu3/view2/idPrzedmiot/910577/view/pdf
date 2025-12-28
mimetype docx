--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -3231,50 +3231,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3610,2542 +3960,2192 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
-      </w:r>
-[...1888 lines deleted...]
-        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>