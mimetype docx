--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -3231,50 +3231,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać i zinterpretować fizycznie zjawiska techniczne oraz przedstawić zjawiska socjoekonomiczne związane z wykorzystaniem OZE w mikroskali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3470,2682 +3960,2192 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt zespołowy, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...374 lines deleted...]
-        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Debata, kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
-      </w:r>
-[...1048 lines deleted...]
-        <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>