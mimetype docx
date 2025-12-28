--- v0 (2025-10-08)
+++ v1 (2025-12-28)
@@ -1105,50 +1105,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1176,190 +1316,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>