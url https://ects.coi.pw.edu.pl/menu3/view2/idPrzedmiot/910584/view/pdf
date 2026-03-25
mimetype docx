--- v1 (2025-12-28)
+++ v2 (2026-03-25)
@@ -1105,50 +1105,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1204,162 +1344,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_W32</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje głównych wskaźników służących do określania efektywności energetycznej siłowni cieplnych,	 w tym: sprawności energetycznej, jednostkowego zużycia ciepła, a dla układów skojarzonych także -PES tj. oszczędność energii pierwotnej oraz potrafi je obliczyć.																				</w:t>
+        <w:t xml:space="preserve">Zna formuły służące do określania kosztów wytwarzania energii elektrycznej i ciepła w elektrowniach i elektrociepłowniach oraz kryteria ekonomicznej oceny efektywności budowy elektrowni i elektrociepłowni (NPV, NPVR, IRR) i potrafi je obliczyć.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, prace domowe.</w:t>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1385,191 +1525,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W32</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>