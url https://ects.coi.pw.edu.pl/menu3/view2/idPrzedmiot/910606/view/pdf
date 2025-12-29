--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -755,201 +755,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U05</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -975,87 +1045,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1074,58 +1424,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1144,128 +1494,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1284,1422 +1844,862 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce zalecenia norm dotyczące cech geometrycznych typowych elementów oraz ich właściwości fizycznych, w tym: wytrzymałościowych. Potrafi korzystać z katalogów typowych zespołów oraz materiałów konstrukcyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce zalecenia norm dotyczące cech geometrycznych typowych elementów oraz ich właściwości fizycznych, w tym: wytrzymałościowych. Potrafi korzystać z katalogów typowych zespołów oraz materiałów konstrukcyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
-      </w:r>
-[...1258 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>