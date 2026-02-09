--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -755,201 +755,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Zna rozwiązania konstrukcyjne typowych zespołów elementów stosowane w urządzeniach mechanicznych, zwłaszcza w układach przenoszenia napędu, takie jak: połączenia śrubowe, mechanizmy śrubowe, łożyska toczne, łożyska ślizgowe, wały, osie, sprzęgła, przekładnie, zespoły elementów sieci przesyłowych i in. Zna problemy inżynierskie towarzyszące ich projektowaniu i konstruowaniu.							</w:t>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U05</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -975,541 +1045,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność widzenia określonej całości, której częścią jest rozwiązywany problem, w tym - związany z wyznaczaniem wymaganych cech analizowanego lub projektowanego zespołu urządzenia mechanicznego. W procesie projektowania i obliczeń określonego zespołu (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła) potrafi uwzględnić wymagania wynikające z jego funkcji w układzie przenoszenia napędu lub masy							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>