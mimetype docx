--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1325,50 +1325,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1424,58 +1494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1535,120 +1605,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1675,611 +1955,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>