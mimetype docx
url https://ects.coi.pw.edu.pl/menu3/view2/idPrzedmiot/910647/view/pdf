--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -755,245 +755,455 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1035,831 +1245,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W04</w:t>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W08</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>