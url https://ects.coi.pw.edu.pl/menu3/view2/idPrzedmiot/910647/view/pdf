--- v1 (2025-10-31)
+++ v2 (2026-01-12)
@@ -1035,50 +1035,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1204,91 +1274,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1315,221 +1455,221 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W08</w:t>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1676,190 +1816,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>