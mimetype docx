--- v2 (2026-01-12)
+++ v3 (2026-01-15)
@@ -1035,261 +1035,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>