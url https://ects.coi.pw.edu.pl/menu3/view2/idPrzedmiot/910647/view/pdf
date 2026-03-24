--- v3 (2026-01-15)
+++ v4 (2026-03-24)
@@ -1315,191 +1315,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>