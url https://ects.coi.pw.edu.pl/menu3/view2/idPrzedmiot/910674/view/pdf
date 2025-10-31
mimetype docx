--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -2164,121 +2164,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi wyznaczyć jednostkowe zużycie paliwa dla silnika turbinowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>