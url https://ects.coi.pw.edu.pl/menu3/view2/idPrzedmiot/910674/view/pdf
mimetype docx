--- v1 (2025-10-31)
+++ v2 (2026-02-09)
@@ -1884,121 +1884,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>