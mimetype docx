--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -1174,831 +1174,831 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat sprężarek silników lotniczych oraz komór spalania.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat sprężarek silników lotniczych oraz komór spalania.														</w:t>
+        <w:t xml:space="preserve">														Student rozumie zadania i ograniczenia komór spalania lotniczych silników turbinowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student rozumie zadania i ograniczenia komór spalania lotniczych silników turbinowych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student rozumie zadania i ograniczenia komór spalania lotniczych silników turbinowych.														</w:t>
+        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie obliczyć parametry efektywne silnika tłokowego.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie obliczyć parametry efektywne silnika tłokowego.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W04</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student rozumie zadania i ograniczenia komór spalania lotniczych silników turbinowych.														</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>