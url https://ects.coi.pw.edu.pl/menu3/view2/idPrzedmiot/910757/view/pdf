--- v0 (2025-10-05)
+++ v1 (2026-01-13)
@@ -853,411 +853,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie istotę reakcji jądrowych fuzji (syntezy) i rozszczepienia oraz ma ogólną wiedzę o energetyce jądrowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeliczyć jednostki miar układu SI na jednostki innych układów i na odwrót.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
+        <w:t xml:space="preserve">							Umie budować modele matematyczne prostych zjawisk fizycznych (niejednostajne ruchy ciał, drgania nietłumione sprężyny itp.).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie zastosować zasady zachowania i prawa zmian wielkości fizycznych do prostych zadań mechaniki, termodynamiki i elektrotechniki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>