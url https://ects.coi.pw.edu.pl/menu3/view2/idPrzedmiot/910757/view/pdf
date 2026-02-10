--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -853,51 +853,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie budować modele matematyczne prostych zjawisk fizycznych (niejednostajne ruchy ciał, drgania nietłumione sprężyny itp.).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>