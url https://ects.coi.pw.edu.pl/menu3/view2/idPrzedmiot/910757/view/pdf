--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie budować modele matematyczne prostych zjawisk fizycznych (niejednostajne ruchy ciał, drgania nietłumione sprężyny itp.).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1283,51 +1283,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW104_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi rozwiązać proste przypadki ruchu ciał w polu grawitacyjnym, elektrostatycznym i magnetycznym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>