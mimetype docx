--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -840,71 +840,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody rozwiązywania niektórych układów równań różniczkowych, w tym: metodę eliminacji i macierzową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW90_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody rozwiązywania niektórych układów równań różniczkowych, w tym: metodę eliminacji i macierzową.</w:t>
+        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji dwóch i trzech zmiennych. Zna zastosowania całki podwójnej i potrójnej w geometrii i fizyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -923,58 +993,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW90_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji dwóch i trzech zmiennych. Zna zastosowania całki podwójnej i potrójnej w geometrii i fizyce.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie obliczania całek krzywoliniowych i stosowania ich w geometrii i fizyce. Zna podstawowe pojęcia analizy wektorowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -985,266 +1055,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW90_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie obliczania całek krzywoliniowych i stosowania ich w geometrii i fizyce. Zna podstawowe pojęcia analizy wektorowej.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe równania pierwszego rzędu oraz badać jednoznaczność rozwiązania zagadnienia Cauchy'ego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW90_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe równania pierwszego rzędu oraz badać jednoznaczność rozwiązania zagadnienia Cauchy'ego.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczać układ fundamentalny rozwiązań równania liniowego o stałych współczynnikach i równania Eulera. Umie stosować metodę uzmienniania stałych i metodą przewidywań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW90_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązywać proste układy równań liniowych metodą eliminacji i metodą macierzową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>