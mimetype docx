--- v1 (2026-01-12)
+++ v2 (2026-02-20)
@@ -770,121 +770,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW90_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody rozwiązywania podstawowych równań różniczkowych pierwszego rzędu i równań liniowych rzędu n-tego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW90_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody rozwiązywania niektórych układów równań różniczkowych, w tym: metodę eliminacji i macierzową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>