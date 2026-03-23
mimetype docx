--- v2 (2026-02-20)
+++ v3 (2026-03-23)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW90_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody rozwiązywania podstawowych równań różniczkowych pierwszego rzędu i równań liniowych rzędu n-tego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1270,51 +1270,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW90_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać całki podwójne i potrójne wykorzystując również współrzędne biegunowe i sferyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>