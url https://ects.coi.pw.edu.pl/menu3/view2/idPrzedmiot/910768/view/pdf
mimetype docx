--- v0 (2026-01-13)
+++ v1 (2026-03-23)
@@ -857,191 +857,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna modele teoretyczne (przemiany termodynamiczne) gazowych silników cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat właściwości fizycznych oraz równania stanu dla gazów rzeczywistych. Potrafi podać różnice między gazem doskonałym i rzeczywistym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW116_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad działania urządzeń chłodniczych (w ujęciu termodynamicznym).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>