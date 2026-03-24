--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U18, AiR1_U19</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U18, AiR1_U19, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>