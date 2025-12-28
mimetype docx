--- v0 (2025-10-30)
+++ v1 (2025-12-28)
@@ -756,51 +756,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W16, AiR1_W01, AiR1_W10, AiR1_W14</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W10, AiR1_W14, AiR1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.ocena zadań domowych. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,51 +976,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U06, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,51 +1046,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U01, AiR1_U05, AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1116,51 +1116,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U18, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,67 +1186,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U18, AiR1_U02, AiR1_U05, AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1256,51 +1256,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1326,67 +1326,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U01, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U11, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">