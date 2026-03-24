--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -836,487 +836,487 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.ocena zadań domowych. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U06</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U06, AiR1_U11, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U07, AiR1_U11, AiR1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym: – w projektowaniu typowych zespołów urządzenia mechanicznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U07, AiR1_U11, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U05, AiR1_U06, AiR1_U07, AiR1_U11, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu. </w:t>
+        <w:t xml:space="preserve">Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U05, AiR1_U06</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U05, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U18, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U15, AiR1_U18, AiR1_U01, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW125_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować w praktyce zalecenia norm dotyczące cech geometrycznych typowych elementów oraz ich właściwości fizycznych, w tym: – wytrzymałościowych. Potrafi korzystać z katalogów typowych zespołów oraz  materiałów konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>