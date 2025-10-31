--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03, AiR1_U04</w:t>
+        <w:t xml:space="preserve">AiR1_U04, AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>