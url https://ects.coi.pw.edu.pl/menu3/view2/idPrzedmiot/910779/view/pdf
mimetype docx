--- v1 (2025-10-31)
+++ v2 (2025-12-29)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi samodzielnie rozwiązać proste zadanie inżynierskie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U04, AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie pozatechniczne aspekty pracy inżyniera, w tym: środowiskowe, ekonomiczne i prawne. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>