--- v2 (2025-12-29)
+++ v3 (2026-03-25)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi samodzielnie rozwiązać proste zadanie inżynierskie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>