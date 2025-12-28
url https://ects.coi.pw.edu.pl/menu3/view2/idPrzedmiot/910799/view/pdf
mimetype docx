--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -853,51 +853,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK311_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę dotyczącą wpływu tłumienia i różnego rodzaju wymuszeń na drgania układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U01, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>