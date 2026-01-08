--- v1 (2025-12-28)
+++ v2 (2026-01-08)
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U01, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK311_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność wyznaczania parametrów drgań tłumionych i poddanych działaniu wymuszeń zewnętrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>