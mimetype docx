--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -972,51 +972,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK316_U1: </w:t>
       </w:r>
     </w:p>
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U12</w:t>
+        <w:t xml:space="preserve">AiR1_U12, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK316_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Umie analizować obwody elektroniczne dla prądu stałego i zmiennego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>