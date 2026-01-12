--- v1 (2025-12-29)
+++ v2 (2026-01-12)
@@ -746,87 +746,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie działanie podstawowych układów elektronicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z metrologii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK316_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie podstawowych układów elektronicznych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe prawa elektrotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -837,476 +977,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK316_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z metrologii.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać urządzenia elektroniczne do badań (oscyloskop, generator, zasilacz, miernik).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK316_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe prawa elektrotechniki.</w:t>
+        <w:t xml:space="preserve">Umie analizować zjawiska w półprzewodnikach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK316_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać urządzenia elektroniczne do badań (oscyloskop, generator, zasilacz, miernik).</w:t>
+        <w:t xml:space="preserve"> Umie analizować obwody elektroniczne dla prądu stałego i zmiennego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06</w:t>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK316_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK316_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować zjawiska w półprzewodnikach.</w:t>
+        <w:t xml:space="preserve">Umie korzystać z katalogów elementów elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia przed zajęciami i po zajęciach oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12, AiR1_U06</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK316_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest w stanie zaprojektować i zbudować prosty układ elektroniczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>