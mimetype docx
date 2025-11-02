--- v0 (2025-10-06)
+++ v1 (2025-11-02)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W06, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,151 +903,221 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W01, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
+        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1066,302 +1136,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>