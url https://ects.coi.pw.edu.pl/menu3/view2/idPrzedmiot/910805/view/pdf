--- v1 (2025-11-02)
+++ v2 (2025-12-28)
@@ -747,87 +747,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W06, AiR1_W01, AiR1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -846,208 +916,208 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
+        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1066,178 +1136,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK351_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>