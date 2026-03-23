--- v2 (2025-12-28)
+++ v3 (2026-03-23)
@@ -747,87 +747,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06, AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -838,476 +978,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególności na temat estymacji i testowania hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem  pakietów dedykowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować  twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.</w:t>
+        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz zadanie domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK351_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>