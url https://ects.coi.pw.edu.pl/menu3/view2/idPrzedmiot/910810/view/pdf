--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad działania  i zastosowania urządzeń do zapewniania bezpieczeństwa biernego i czynnego  użytkowników pojazdów samochodowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1280,51 +1280,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U19, AiR1_U01, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie stosować nowoczesne metody (aparatura, oprogramowanie) do pomiaru (za zgodą Komisji Etycznej) biomechanicznych parametrów ruchu ciała człowieka (siły, momenty sił, przemieszczenia, elektromiogramy).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>