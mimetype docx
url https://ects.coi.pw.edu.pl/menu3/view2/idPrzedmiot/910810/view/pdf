--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -834,67 +834,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W04, AiR1_W05, AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W04, AiR1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę o zasadach modelowania matematycznego i symulacji komputerowej układu ruchu człowieka.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1264,51 +1264,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U09, AiR1_U19, AiR1_U01, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U09, AiR1_U19, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>