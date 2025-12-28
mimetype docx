--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W14, AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -984,137 +984,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U14, AiR1_U07, AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK451_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować warunki wyważenia i obliczyć masy korekcyjne oraz ich położenie dla członów wirujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>