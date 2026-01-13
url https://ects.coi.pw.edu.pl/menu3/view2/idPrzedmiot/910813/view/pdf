--- v1 (2025-12-28)
+++ v2 (2026-01-13)
@@ -780,51 +780,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -834,287 +834,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W14, AiR1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.							</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W14</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.							</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U14, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK451_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować warunki wyważenia i obliczyć masy korekcyjne oraz ich położenie dla członów wirujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>