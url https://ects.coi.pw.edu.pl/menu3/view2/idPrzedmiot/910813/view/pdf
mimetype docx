--- v2 (2026-01-13)
+++ v3 (2026-01-15)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W14, AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1054,67 +1054,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14, AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U14, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK451_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować warunki wyważenia i obliczyć masy korekcyjne oraz ich położenie dla członów wirujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>