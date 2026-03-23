--- v3 (2026-01-15)
+++ v4 (2026-03-23)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11, AiR1_U14, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK451_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować warunki wyważenia i obliczyć masy korekcyjne oraz ich położenie dla członów wirujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>