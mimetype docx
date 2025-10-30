--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W12, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawy projektowania i analizy systemów automatycznego sterowania lotem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -918,51 +918,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian, zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W13, AiR1_W15</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W15, AiR1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1068,67 +1068,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sklasyfikować struktury systemów automatycznego sterowania lotem i przedstawić opis matematyczny ich algorytmów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>