--- v1 (2025-10-30)
+++ v2 (2025-12-28)
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian, zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W15, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W13, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>