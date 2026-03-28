--- v2 (2025-12-28)
+++ v3 (2026-03-28)
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W13, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>