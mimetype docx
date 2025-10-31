--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W03, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>