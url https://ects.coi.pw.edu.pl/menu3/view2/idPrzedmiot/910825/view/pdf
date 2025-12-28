--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS659_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozróżnić podstawowe typy sygnałów i określić ich główne parametry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>