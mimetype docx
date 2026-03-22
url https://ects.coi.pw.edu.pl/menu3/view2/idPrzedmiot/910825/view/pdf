--- v2 (2025-12-28)
+++ v3 (2026-03-22)
@@ -770,341 +770,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS659_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS659_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS659_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium nr 1 i nr 2, egzamin.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów.</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości systemu na podstawie jego modelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">ML.NS659_U2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_U13, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS659_W3: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS659_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów.</w:t>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12, AiR1_W03</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS659_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozróżnić podstawowe typy sygnałów i określić ich główne parametry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>