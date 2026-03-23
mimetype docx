--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -917,51 +917,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W03, AiR1_W01, AiR1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS737_U1: </w:t>
       </w:r>
     </w:p>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania przez studenta zadań w ramach laboratorium komputerowego, ocena raportów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U03, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U07, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS737_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umiejętność przygotowywania raportów z analiz obliczeniowych MES.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>