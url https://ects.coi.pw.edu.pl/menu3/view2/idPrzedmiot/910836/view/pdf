--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -822,67 +822,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Student orientuje się we współczesnych trendach biomechaniki płynów biologicznych i jej zastosowań medycznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1128,51 +1128,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi przygotować (pracując indywidualnie lub zespołowo) i przedstawić raport z realizacji projektu komputerowego dotyczącego wybranego zjawiska przepływowego w układzie krążenia.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>