--- v1 (2025-11-02)
+++ v2 (2026-03-23)
@@ -822,67 +822,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Student orientuje się we współczesnych trendach biomechaniki płynów biologicznych i jej zastosowań medycznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,191 +1058,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS739_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
+        <w:t xml:space="preserve">							Student potrafi przygotować (pracując indywidualnie lub zespołowo) i przedstawić raport z realizacji projektu komputerowego dotyczącego wybranego zjawiska przepływowego w układzie krążenia.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena wykonanego projektu komputerowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U01, AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_K1: </w:t>
       </w:r>
     </w:p>