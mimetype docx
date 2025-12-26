--- v0 (2025-10-14)
+++ v1 (2025-12-26)
@@ -750,157 +750,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady Project Management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady Project Management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady Project Management.</w:t>
+        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady Project Management.</w:t>
+        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,128 +1129,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
+        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1059,58 +1479,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady organizacji prac inwestycyjnych w energetyce.</w:t>
+        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1129,58 +1549,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
+        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1199,58 +1619,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
+        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1269,58 +1689,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody oceny rentowności inwestycji.</w:t>
+        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1331,1160 +1751,740 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
+        <w:t xml:space="preserve">Potrafi definiować przedsięwzięcia jako projekty w rozumieniu Project Management.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi definiować przedsięwzięcia jako projekty w rozumieniu Project Management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uczestniczyć w zarządzaniu projektem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W19</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
+        <w:t xml:space="preserve">Potrafi uczestniczyć w zarządzaniu projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W20</w:t>
+        <w:t xml:space="preserve">E2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową terminologię Project Management.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proste oceny rentowności inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W22</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proste oceny rentowności inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi konstruować zasady zarządzania ryzykiem w projekcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W19</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
+        <w:t xml:space="preserve">Potrafi konstruować zasady zarządzania ryzykiem w projekcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W20</w:t>
+        <w:t xml:space="preserve">E2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zarządzania ryzykiem.</w:t>
+        <w:t xml:space="preserve">Potrafi identyfikować ryzyka w projektach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W22</w:t>
+        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK445_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi definiować przedsięwzięcia jako projekty w rozumieniu Project Management.</w:t>
+        <w:t xml:space="preserve">Potrafi identyfikować ryzyka w projektach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U08</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U16</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">E2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>