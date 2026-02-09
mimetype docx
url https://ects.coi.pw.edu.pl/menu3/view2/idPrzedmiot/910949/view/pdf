--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -750,50 +750,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK445_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady Project Management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -821,120 +891,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>