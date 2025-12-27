--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1169,50 +1169,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1478,802 +1548,732 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>