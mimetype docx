--- v1 (2025-12-27)
+++ v2 (2026-03-25)
@@ -1169,401 +1169,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W17</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>