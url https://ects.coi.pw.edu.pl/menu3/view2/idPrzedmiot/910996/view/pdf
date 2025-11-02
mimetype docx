--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -893,157 +893,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy liniowych i nieliniowych (w tym wielowarstwowych) sztucznych sieci jednokierunkowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy liniowych i nieliniowych (w tym wielowarstwowych) sztucznych sieci jednokierunkowych.</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1062,58 +1202,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1132,58 +1272,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach doboru danych wejściowych do modelu, struktury modelu oraz algorytmach weryfikacji modelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1202,58 +1342,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach doboru danych wejściowych do modelu, struktury modelu oraz algorytmach weryfikacji modelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1272,58 +1412,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach doboru danych wejściowych do modelu, struktury modelu oraz algorytmach weryfikacji modelu.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o obszarach możliwych zastosowań sztucznych sieci neuronowych, w tym: w układach sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1342,58 +1482,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach doboru danych wejściowych do modelu, struktury modelu oraz algorytmach weryfikacji modelu.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o obszarach możliwych zastosowań sztucznych sieci neuronowych, w tym: w układach sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1404,216 +1544,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o obszarach możliwych zastosowań sztucznych sieci neuronowych, w tym: w układach sterowania.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać zadania techniczne, do rozwiązania których wskazane jest użycie sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W01</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o obszarach możliwych zastosowań sztucznych sieci neuronowych, w tym: w układach sterowania.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać zadania techniczne, do rozwiązania których wskazane jest użycie sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać zadania techniczne, do rozwiązania których wskazane jest użycie sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować algorytm uczenia dla prostej sieci oraz ocenić jego skuteczność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1632,232 +1772,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać zadania techniczne, do rozwiązania których wskazane jest użycie sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować algorytm uczenia dla prostej sieci oraz ocenić jego skuteczność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>