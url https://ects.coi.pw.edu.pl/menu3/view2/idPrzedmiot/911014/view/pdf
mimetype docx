--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W06</w:t>
+        <w:t xml:space="preserve">LiK2_W06, LiK2_W10, LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1331,51 +1331,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09, LiK2_U18, LiK2_U01, LiK2_U08</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>