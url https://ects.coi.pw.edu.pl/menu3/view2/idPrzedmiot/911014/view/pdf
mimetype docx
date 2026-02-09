--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W15, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W20, LiK2_W10, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>