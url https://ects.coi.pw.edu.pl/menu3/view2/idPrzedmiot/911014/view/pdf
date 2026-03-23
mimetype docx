--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20, LiK2_W10, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1251,51 +1251,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W15, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W20, LiK2_W03, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>