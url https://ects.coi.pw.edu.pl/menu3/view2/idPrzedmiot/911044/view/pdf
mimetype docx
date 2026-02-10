--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W10, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W16, LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1403,51 +1403,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U09, LiK2_U01, LiK2_U08</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>