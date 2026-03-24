--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W08, LiK2_W15, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W15, LiK2_W16, LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W16, LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W10, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>