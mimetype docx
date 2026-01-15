--- v0 (2025-10-31)
+++ v1 (2026-01-15)
@@ -1046,191 +1046,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zadaniowe, ocena pracy studenta w ramach laboratorium MES-ANSYS.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18, LiK2_U08, LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS642_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć przemieszczenia, odkształcenia, naprężenia dla prostych obciążeń w płytach prostokątnych, powłokach walcowych rozwiązując różniczkowe równania równowagi  w sposób ścisły lub przybliżony (np. metody kolokacji, Galerkina, Ritza) korzystając z podręczników.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS642_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS642_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć przemieszczenia, odkształcenia, naprężenia dla prostych obciążeń w płytach prostokątnych, powłokach walcowych rozwiązując różniczkowe równania równowagi  w sposób ścisły lub przybliżony (np. metody kolokacji, Galerkina, Ritza) korzystając z podręczników.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć przemieszczenia, odkształcenia, naprężenia  w  niezbyt złożonych konstrukcjach cienkościennych za pomocą metody elementów skończonych korzystając z systemu ANSYS.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+        <w:t xml:space="preserve">Na podstawie wykonywanych zadań na  laboratorium MES-ANSYS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U18, LiK2_U08, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>