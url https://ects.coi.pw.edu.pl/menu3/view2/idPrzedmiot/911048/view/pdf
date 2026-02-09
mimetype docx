--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -896,201 +896,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20, LiK2_W10, LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS642_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach analitycznych służących do wyznaczania obciążeń krytycznych  dla prostych płyt prostokątnych,  powłok walcowych ściskanych, skręcanych i ścinanych  oraz metodzie energetycznej i elementów skończonych pozwalających określać obciążenia  krytyczne dla złożonych struktur.  							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zadaniowe, ocena pracy studenta w ramach laboratorium MES-ANSYS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS642_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS642_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach analitycznych służących do wyznaczania obciążeń krytycznych  dla prostych płyt prostokątnych,  powłok walcowych ściskanych, skręcanych i ścinanych  oraz metodzie energetycznej i elementów skończonych pozwalających określać obciążenia  krytyczne dla złożonych struktur.  							</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować proste modele matematyczne rzeczywistych struktur cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zadaniowe, ocena pracy studenta w ramach laboratorium MES-ANSYS.</w:t>
+        <w:t xml:space="preserve">Kolokwium zadaniowe, ocena pracy studenta w ramach laboratorium MES-ANSYS.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U18, LiK2_U08, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>