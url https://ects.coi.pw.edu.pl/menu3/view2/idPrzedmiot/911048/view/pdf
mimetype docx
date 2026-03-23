--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20, LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>