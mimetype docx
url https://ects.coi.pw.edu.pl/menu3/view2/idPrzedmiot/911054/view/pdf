--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U04</w:t>
+        <w:t xml:space="preserve">LiK2_U03, LiK2_U04, LiK2_U01, LiK2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>